--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -719,58 +719,60 @@
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2">
         <v>45100</v>
       </c>
       <c r="D2" s="3">
-        <v>11129</v>
+        <v>11651</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3">
         <v>11129</v>
       </c>
-      <c r="H2" s="3"/>
+      <c r="H2" s="3">
+        <v>522</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3">
         <v>44805</v>
       </c>
       <c r="D3" s="3">
         <v>72</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>72</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>29</v>
       </c>
@@ -1048,83 +1050,83 @@
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>54</v>
       </c>
       <c r="C17">
         <v>44805</v>
       </c>
       <c r="D17" s="3">
         <v>802</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>755</v>
       </c>
       <c r="G17" s="3">
         <v>47</v>
       </c>
       <c r="H17" s="3"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="3">
-        <v>526172</v>
+        <v>526694</v>
       </c>
       <c r="E18" s="3">
         <v>2149</v>
       </c>
       <c r="F18" s="3">
         <v>312219</v>
       </c>
       <c r="G18" s="3">
         <v>200402</v>
       </c>
       <c r="H18" s="3">
-        <v>11402</v>
+        <v>11924</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="3">
-        <v>536437</v>
+        <v>536959</v>
       </c>
       <c r="E19" s="3">
         <v>2149</v>
       </c>
       <c r="F19" s="3">
         <v>322199</v>
       </c>
       <c r="G19" s="3">
         <v>200687</v>
       </c>
       <c r="H19" s="3">
-        <v>11402</v>
+        <v>11924</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>