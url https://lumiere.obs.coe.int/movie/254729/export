--- v0 (2025-11-20)
+++ v1 (2026-01-23)
@@ -643,52 +643,51 @@
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -726,61 +725,61 @@
       </c>
       <c r="C3">
         <v>44721</v>
       </c>
       <c r="D3" s="3">
         <v>339</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>339</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4">
         <v>44643</v>
       </c>
       <c r="D4" s="3">
-        <v>22850</v>
+        <v>23574</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>13379</v>
       </c>
       <c r="G4" s="3">
         <v>7953</v>
       </c>
       <c r="H4" s="3">
-        <v>1518</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5">
         <v>44671</v>
       </c>
       <c r="D5" s="3">
         <v>5288</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>4915</v>
       </c>
       <c r="G5" s="3">
         <v>366</v>
       </c>
       <c r="H5" s="3">
         <v>7</v>
       </c>
@@ -1005,83 +1004,83 @@
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>28</v>
       </c>
       <c r="C16">
         <v>39450</v>
       </c>
       <c r="D16" s="3">
         <v>657</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3">
         <v>464</v>
       </c>
       <c r="G16" s="3">
         <v>193</v>
       </c>
       <c r="H16" s="3"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="3">
-        <v>553514</v>
+        <v>554238</v>
       </c>
       <c r="E17" s="3">
         <v>1210</v>
       </c>
       <c r="F17" s="3">
         <v>498906</v>
       </c>
       <c r="G17" s="3">
         <v>43510</v>
       </c>
       <c r="H17" s="3">
-        <v>9888</v>
+        <v>10612</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="3">
-        <v>559159</v>
+        <v>559883</v>
       </c>
       <c r="E18" s="3">
         <v>1210</v>
       </c>
       <c r="F18" s="3">
         <v>504178</v>
       </c>
       <c r="G18" s="3">
         <v>43876</v>
       </c>
       <c r="H18" s="3">
-        <v>9895</v>
+        <v>10619</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>