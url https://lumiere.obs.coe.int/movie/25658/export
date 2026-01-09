--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -196,60 +196,60 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ljubljanski Kinematografi</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Gospa iz vode</t>
+  </si>
+  <si>
     <t>AU,CA,GB,GR,IT,JP,NL,SE,US</t>
   </si>
   <si>
     <t>Dáma vo vode</t>
-  </si>
-[...4 lines deleted...]
-    <t>Gospa iz vode</t>
   </si>
   <si>
     <t>Kobieta w blekitnej wodzie</t>
   </si>
   <si>
     <t>Naines vees</t>
   </si>
   <si>
     <t>Podvodna deklica</t>
   </si>
   <si>
     <t>Sudaki kiz</t>
   </si>
   <si>
     <t>Udensmeitene</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>La dama en el agua</t>
   </si>
   <si>
     <t>BG</t>
   </si>
@@ -1374,62 +1374,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>60</v>
       </c>
       <c r="B2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
@@ -1559,51 +1559,51 @@
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>96</v>
       </c>