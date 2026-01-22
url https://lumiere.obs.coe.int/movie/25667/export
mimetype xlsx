--- v0 (2025-12-12)
+++ v1 (2026-01-22)
@@ -160,63 +160,63 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Eagle Pictures</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>RCV Entertainment</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Prisvideo Edicoes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>L'honneur du dragon Tom yum goong</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Obronca</t>
+  </si>
+  <si>
     <t>Ong Bak 2</t>
   </si>
   <si>
     <t>Thai-Dragon</t>
-  </si>
-[...7 lines deleted...]
-    <t>Obronca</t>
   </si>
   <si>
     <t>The Warrior King</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Koruyucu</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Тайландски дракон</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Protetor</t>
   </si>
   <si>
     <t>AR,AU,CA,CZ,FI,GB,SE,US</t>
   </si>
@@ -1060,72 +1060,72 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>49</v>
       </c>
-    </row>
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>54</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
     </row>
@@ -1197,51 +1197,51 @@
       <c r="A18" t="s">
         <v>71</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>73</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>78</v>
       </c>
       <c r="B23" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>80</v>
       </c>