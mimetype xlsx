--- v0 (2025-12-12)
+++ v1 (2026-01-22)
@@ -1093,60 +1093,62 @@
       <c r="D17" s="3">
         <v>6449</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>1339</v>
       </c>
       <c r="G17" s="3">
         <v>4826</v>
       </c>
       <c r="H17" s="3">
         <v>284</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18">
         <v>44841</v>
       </c>
       <c r="D18" s="3">
-        <v>50958</v>
+        <v>52589</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3">
         <v>42564</v>
       </c>
       <c r="G18" s="3">
         <v>8394</v>
       </c>
-      <c r="H18" s="3"/>
+      <c r="H18" s="3">
+        <v>1631</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>51</v>
       </c>
       <c r="B19" t="s">
         <v>52</v>
       </c>
       <c r="C19">
         <v>44605</v>
       </c>
       <c r="D19" s="3">
         <v>6767</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>2021</v>
       </c>
       <c r="G19" s="3">
         <v>4247</v>
       </c>
       <c r="H19" s="3">
         <v>499</v>
       </c>
     </row>
@@ -1217,83 +1219,83 @@
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23">
         <v>45008</v>
       </c>
       <c r="D23" s="3">
         <v>2070</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3">
         <v>1834</v>
       </c>
       <c r="H23" s="3">
         <v>236</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="3">
-        <v>876896</v>
+        <v>878527</v>
       </c>
       <c r="E24" s="3">
         <v>222</v>
       </c>
       <c r="F24" s="3">
         <v>551091</v>
       </c>
       <c r="G24" s="3">
         <v>263085</v>
       </c>
       <c r="H24" s="3">
-        <v>62498</v>
+        <v>64129</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="3">
-        <v>903549</v>
+        <v>905180</v>
       </c>
       <c r="E25" s="3">
         <v>222</v>
       </c>
       <c r="F25" s="3">
         <v>561088</v>
       </c>
       <c r="G25" s="3">
         <v>278533</v>
       </c>
       <c r="H25" s="3">
-        <v>63706</v>
+        <v>65337</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>