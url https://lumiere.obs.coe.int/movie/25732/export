--- v0 (2025-11-22)
+++ v1 (2026-02-11)
@@ -157,132 +157,132 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Columbia TriStar/Warner Bros.</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Intercomfilm</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,JP,US</t>
+  </si>
+  <si>
+    <t>Camping Car</t>
+  </si>
+  <si>
+    <t>Očka, ne ga srat!</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>R.V. Szalone wakacje na kólkach</t>
+  </si>
+  <si>
+    <t>Traka maja uz riteņiem</t>
+  </si>
+  <si>
+    <t>Vaya vacaciones</t>
+  </si>
+  <si>
+    <t>VR</t>
+  </si>
+  <si>
+    <t>AR,MX,VE</t>
+  </si>
+  <si>
+    <t>Locas vacaciones sobre ruedas</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Семейна ваканция</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Férias no Trailer</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>V.R.</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Locas Vacaciones sobre Ruedas</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Rodinná dovolená a jiná nestestí</t>
+  </si>
+  <si>
+    <t>Die Chaoscamper</t>
+  </si>
+  <si>
+    <t>Veerev segadus</t>
+  </si>
+  <si>
+    <t>¡Vaya vacaciones!</t>
+  </si>
+  <si>
+    <t>FI,NO</t>
+  </si>
+  <si>
+    <t>Runaway Vacation</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Runaway Vacation - Perheloma pyörillä</t>
+  </si>
+  <si>
     <t>Camping-car</t>
-  </si>
-[...79 lines deleted...]
-    <t>Runaway Vacation - Perheloma pyörillä</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>R.V.: Runaway Vacation</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Treles diakopes se tesseris trohous</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Moji problematični praznici</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Rumlis vakáció</t>
   </si>
@@ -1116,183 +1116,183 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>48</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>55</v>
+      </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="B20" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>75</v>
       </c>
       <c r="B21" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>77</v>
       </c>
       <c r="B22" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>79</v>
       </c>
@@ -1320,51 +1320,51 @@
       <c r="A26" t="s">
         <v>35</v>
       </c>
       <c r="B26" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>86</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>36</v>
       </c>
       <c r="B28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>39</v>
       </c>
       <c r="B30" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>41</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>92</v>
       </c>