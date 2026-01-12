--- v0 (2025-11-20)
+++ v1 (2026-01-12)
@@ -256,120 +256,120 @@
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BA,SI</t>
+  </si>
+  <si>
+    <t>Severnjak</t>
+  </si>
+  <si>
+    <t>Викингът</t>
+  </si>
+  <si>
+    <t>AT,AU,CA,DE,DK,FR,GB,IE,IT,NL,NZ,SE,SG,US</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'Homme du Nord</t>
+  </si>
+  <si>
+    <t>Kuzeyli</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ノースマン 導かれし復讐者</t>
+  </si>
+  <si>
+    <t>EG</t>
+  </si>
+  <si>
+    <t>ذا نورث مان</t>
+  </si>
+  <si>
+    <t>ノースマン</t>
+  </si>
+  <si>
+    <t>AR,CL,CO,ES,MX</t>
+  </si>
+  <si>
+    <t>El hombre del norte</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Homem do Norte</t>
+  </si>
+  <si>
     <t>Seveřan</t>
   </si>
   <si>
     <t>Sjevernjak</t>
   </si>
   <si>
     <t>Az Északi</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>노스맨</t>
   </si>
   <si>
     <t>Vikingas</t>
   </si>
   <si>
     <t>Ziemeļnieks</t>
   </si>
   <si>
     <t>Wiking</t>
-  </si>
-[...46 lines deleted...]
-    <t>O Homem do Norte</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>北族人</t>
   </si>
   <si>
     <t>Vikingul</t>
   </si>
   <si>
     <t>Северњак</t>
   </si>
   <si>
     <t>Severan</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>Варяг</t>
   </si>
   <si>
     <t>Ο Άνθρωπος Απ΄ τον Βορρά</t>
   </si>
@@ -1573,179 +1573,179 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>83</v>
       </c>
       <c r="B4" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="B6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="B7" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>1</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>104</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>71</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>73</v>
       </c>