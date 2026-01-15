--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -1167,130 +1167,132 @@
       <c r="C20">
         <v>44841</v>
       </c>
       <c r="D20" s="3">
         <v>3265</v>
       </c>
       <c r="E20" s="3">
         <v>3195</v>
       </c>
       <c r="F20" s="3">
         <v>70</v>
       </c>
       <c r="G20" s="3"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>55</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21">
         <v>44792</v>
       </c>
       <c r="D21" s="3">
-        <v>24804</v>
+        <v>25089</v>
       </c>
       <c r="E21" s="3">
         <v>23950</v>
       </c>
       <c r="F21" s="3">
         <v>854</v>
       </c>
-      <c r="G21" s="3"/>
+      <c r="G21" s="3">
+        <v>285</v>
+      </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22">
         <v>44679</v>
       </c>
       <c r="D22" s="3">
         <v>9808</v>
       </c>
       <c r="E22" s="3">
         <v>9808</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>25</v>
       </c>
       <c r="C23">
         <v>44665</v>
       </c>
       <c r="D23" s="3">
         <v>2173</v>
       </c>
       <c r="E23" s="3">
         <v>2173</v>
       </c>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="3">
-        <v>894591</v>
+        <v>894876</v>
       </c>
       <c r="E24" s="3">
         <v>887392</v>
       </c>
       <c r="F24" s="3">
         <v>6363</v>
       </c>
       <c r="G24" s="3">
-        <v>836</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="D25" s="3">
-        <v>907989</v>
+        <v>908274</v>
       </c>
       <c r="E25" s="3">
         <v>900720</v>
       </c>
       <c r="F25" s="3">
         <v>6433</v>
       </c>
       <c r="G25" s="3">
-        <v>836</v>
+        <v>1121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>