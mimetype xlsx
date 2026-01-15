--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -244,50 +244,53 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CGV Mars Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Hopper e il tempio perduto</t>
+  </si>
+  <si>
     <t>BE,JP</t>
   </si>
   <si>
     <t>Hopper ve Çılgın Çetesi Büyük Macera</t>
   </si>
   <si>
     <t>AR,MX,US</t>
   </si>
   <si>
     <t>Pollonejo y el hámster de la oscuridad</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Frangoelho e o Hamster das Trevas</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Pollonejo y el Hámster de la Oscuridad</t>
   </si>
   <si>
     <t>Ušák Chicky a Zlokřeček</t>
@@ -296,53 +299,50 @@
     <t>DE</t>
   </si>
   <si>
     <t>Hühnerhase und der Hamster der Finsternis</t>
   </si>
   <si>
     <t>Hopper og jagten på mørkets hamster</t>
   </si>
   <si>
     <t>Hopper, el polloliebre</t>
   </si>
   <si>
     <t>Kanakani ja tuomion hamsteri</t>
   </si>
   <si>
     <t>GB,HK,SG,US</t>
   </si>
   <si>
     <t>Chickenhare and the Hamster of Darkness</t>
   </si>
   <si>
     <t>Zecko Koš i tajna Mrkog Hrčka</t>
   </si>
   <si>
     <t>Pipiána Hoppsz és a Sötétség Hörcsöge</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hopper e il tempio perduto</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>치킨헤어 앤드 더 햄스터 오브 다크니스</t>
   </si>
   <si>
     <t>Hopper - Jakten på mørkets hamster</t>
   </si>
   <si>
     <t>Kurozając i zagadka Chomika Ciemności</t>
   </si>
   <si>
     <t>Galilebre e o Templo Perdido</t>
   </si>
   <si>
     <t>Iepurele-Găină și Hamsterul Întunericului</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Кролецып и Хомяк Тьмы</t>
   </si>
@@ -1495,155 +1495,155 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B4" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B5" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B6" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>95</v>
       </c>
       <c r="B16" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>62</v>
       </c>
       <c r="B17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>64</v>
       </c>