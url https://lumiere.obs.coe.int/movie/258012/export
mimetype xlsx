--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1281,57 +1281,59 @@
         <v>63</v>
       </c>
       <c r="C26">
         <v>45016</v>
       </c>
       <c r="D26" s="3">
         <v>97269</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>97269</v>
       </c>
       <c r="G26" s="3"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>64</v>
       </c>
       <c r="B27" t="s">
         <v>25</v>
       </c>
       <c r="C27">
         <v>44672</v>
       </c>
       <c r="D27" s="3">
-        <v>217</v>
+        <v>452</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3">
         <v>217</v>
       </c>
-      <c r="G27" s="3"/>
+      <c r="G27" s="3">
+        <v>235</v>
+      </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>65</v>
       </c>
       <c r="B28" t="s">
         <v>66</v>
       </c>
       <c r="C28">
         <v>44638</v>
       </c>
       <c r="D28" s="3">
         <v>10422</v>
       </c>
       <c r="E28" s="3">
         <v>10422</v>
       </c>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>67</v>
       </c>
       <c r="B29" t="s">