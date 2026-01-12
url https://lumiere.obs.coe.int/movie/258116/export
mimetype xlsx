--- v0 (2025-11-28)
+++ v1 (2026-01-12)
@@ -612,115 +612,116 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="6" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2">
         <v>45198</v>
       </c>
       <c r="D2" s="3">
-        <v>3445</v>
+        <v>4245</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>3445</v>
       </c>
-      <c r="G2" s="3"/>
+      <c r="G2" s="3">
+        <v>800</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3">
         <v>45014</v>
       </c>
       <c r="D3" s="3">
-        <v>5101</v>
+        <v>5420</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>4941</v>
       </c>
       <c r="G3" s="3">
-        <v>160</v>
+        <v>479</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4">
         <v>45422</v>
       </c>
       <c r="D4" s="3">
         <v>62</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3">
         <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>28</v>
       </c>
@@ -882,77 +883,77 @@
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13">
         <v>44876</v>
       </c>
       <c r="D13" s="3">
         <v>28608</v>
       </c>
       <c r="E13" s="3">
         <v>18626</v>
       </c>
       <c r="F13" s="3">
         <v>9953</v>
       </c>
       <c r="G13" s="3">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="3">
-        <v>476413</v>
+        <v>477532</v>
       </c>
       <c r="E14" s="3">
         <v>408365</v>
       </c>
       <c r="F14" s="3">
         <v>58651</v>
       </c>
       <c r="G14" s="3">
-        <v>9397</v>
+        <v>10516</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="3">
-        <v>495072</v>
+        <v>496191</v>
       </c>
       <c r="E15" s="3">
         <v>422541</v>
       </c>
       <c r="F15" s="3">
         <v>63121</v>
       </c>
       <c r="G15" s="3">
-        <v>9410</v>
+        <v>10529</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>