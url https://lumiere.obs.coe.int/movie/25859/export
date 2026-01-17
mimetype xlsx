--- v0 (2025-11-30)
+++ v1 (2026-01-17)
@@ -154,81 +154,81 @@
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Metro-Goldwyn-Mayer</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Swashbuckler Films</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,MX,TR,US</t>
+  </si>
+  <si>
     <t>DE</t>
   </si>
   <si>
     <t>Jahr 2022... die überleben wollen</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Nea Yorki, etos 2022 m.H.</t>
   </si>
   <si>
     <t>Ora miden</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Zelena soja</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zielona pozywka</t>
   </si>
   <si>
     <t>Νέα Υόρκη, Ετος 2022 μ.Χ.</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,GB,MX,TR,US</t>
   </si>
   <si>
     <t>Cuando el destino nos alcance...</t>
   </si>
   <si>
     <t>Зеленый сойлент</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Maailma vuonna 2022</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>Cuando el destino nos alcance</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>...Jahr 2022... die überleben wollen...</t>
   </si>
@@ -1155,99 +1155,99 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
@@ -1362,133 +1362,133 @@
       <c r="A26" t="s">
         <v>83</v>
       </c>
       <c r="B26" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>86</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>88</v>
       </c>
       <c r="B28" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>91</v>
       </c>
       <c r="B30" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>93</v>
       </c>
       <c r="B31" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>96</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>96</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>99</v>
       </c>
       <c r="B35" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="B37" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="B38" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B39" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B40" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>