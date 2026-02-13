--- v0 (2025-12-14)
+++ v1 (2026-02-13)
@@ -754,60 +754,60 @@
       <c r="C2">
         <v>45254</v>
       </c>
       <c r="D2" s="3">
         <v>4051</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>3965</v>
       </c>
       <c r="G2" s="3">
         <v>86</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>44853</v>
       </c>
       <c r="D3" s="3">
-        <v>22772</v>
+        <v>27566</v>
       </c>
       <c r="E3" s="3">
         <v>16625</v>
       </c>
       <c r="F3" s="3">
         <v>4406</v>
       </c>
       <c r="G3" s="3">
-        <v>1741</v>
+        <v>6535</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
         <v>44895</v>
       </c>
       <c r="D4" s="3">
         <v>12683</v>
       </c>
       <c r="E4" s="3">
         <v>6730</v>
       </c>
       <c r="F4" s="3">
         <v>4047</v>
       </c>
       <c r="G4" s="3">
         <v>1906</v>
       </c>
     </row>
@@ -1016,57 +1016,59 @@
         <v>49</v>
       </c>
       <c r="B15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="3">
         <v>581</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
         <v>581</v>
       </c>
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>51</v>
       </c>
       <c r="B16" t="s">
         <v>52</v>
       </c>
       <c r="C16">
         <v>44939</v>
       </c>
       <c r="D16" s="3">
-        <v>32114</v>
+        <v>36842</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3">
         <v>32114</v>
       </c>
-      <c r="G16" s="3"/>
+      <c r="G16" s="3">
+        <v>4728</v>
+      </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>54</v>
       </c>
       <c r="C17">
         <v>44850</v>
       </c>
       <c r="D17" s="3">
         <v>76</v>
       </c>
       <c r="E17" s="3">
         <v>76</v>
       </c>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>55</v>
       </c>
       <c r="B18" t="s">
@@ -1092,77 +1094,77 @@
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
         <v>58</v>
       </c>
       <c r="C19">
         <v>45001</v>
       </c>
       <c r="D19" s="3">
         <v>3403</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>3017</v>
       </c>
       <c r="G19" s="3">
         <v>386</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="3">
-        <v>304218</v>
+        <v>313740</v>
       </c>
       <c r="E20" s="3">
         <v>115276</v>
       </c>
       <c r="F20" s="3">
         <v>116229</v>
       </c>
       <c r="G20" s="3">
-        <v>72713</v>
+        <v>82235</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="3">
-        <v>317482</v>
+        <v>327004</v>
       </c>
       <c r="E21" s="3">
         <v>122006</v>
       </c>
       <c r="F21" s="3">
         <v>120857</v>
       </c>
       <c r="G21" s="3">
-        <v>74619</v>
+        <v>84141</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>