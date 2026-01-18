--- v0 (2025-12-08)
+++ v1 (2026-01-18)
@@ -220,66 +220,66 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Vivarto</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Transilvania Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Atlantic Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,BR,ES</t>
+  </si>
+  <si>
+    <t>Réquiem</t>
+  </si>
+  <si>
     <t>AT,CA,DE,FR,GB,US</t>
   </si>
   <si>
     <t>Recviem</t>
   </si>
   <si>
     <t>Rekviem</t>
   </si>
   <si>
     <t>Requiem (El exorcismo de Micaela)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Réquiem</t>
   </si>
   <si>
     <t>BG,RU</t>
   </si>
   <si>
     <t>Реквием</t>
   </si>
   <si>
     <t>Réquiem- El exorcismo de Micaela</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Requiem egy lányért</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La posesión</t>
   </si>
   <si>
     <t>RS</t>
   </si>
@@ -1444,72 +1444,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>68</v>
       </c>
       <c r="B2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>74</v>
       </c>
       <c r="B7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">