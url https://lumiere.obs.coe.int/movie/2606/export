--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -139,72 +139,72 @@
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Curzon</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Yirtici geceler</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Noites Felinas</t>
+  </si>
+  <si>
     <t>DE</t>
   </si>
   <si>
     <t>Wilde Nächte</t>
   </si>
   <si>
     <t>Vilde nætter</t>
-  </si>
-[...13 lines deleted...]
-    <t>Noites Felinas</t>
   </si>
   <si>
     <t>Las noches salvajes</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Villit yöt</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Savage Nights</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Agries nyhtes</t>
   </si>
   <si>
     <t>Vad éjszakák</t>
   </si>
@@ -981,80 +981,80 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>52</v>
       </c>
@@ -1114,51 +1114,51 @@
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>67</v>
       </c>
       <c r="B17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>69</v>
       </c>
       <c r="B18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>