--- v0 (2025-11-20)
+++ v1 (2026-01-12)
@@ -1176,60 +1176,62 @@
         <v>44834</v>
       </c>
       <c r="D18" s="3">
         <v>1084</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3">
         <v>1052</v>
       </c>
       <c r="G18" s="3">
         <v>32</v>
       </c>
       <c r="H18" s="3"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" t="s">
         <v>57</v>
       </c>
       <c r="C19">
         <v>44748</v>
       </c>
       <c r="D19" s="3">
-        <v>50628</v>
+        <v>50944</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>48787</v>
       </c>
       <c r="G19" s="3">
         <v>1841</v>
       </c>
-      <c r="H19" s="3"/>
+      <c r="H19" s="3">
+        <v>316</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>58</v>
       </c>
       <c r="B20" t="s">
         <v>59</v>
       </c>
       <c r="C20">
         <v>44945</v>
       </c>
       <c r="D20" s="3">
         <v>7442</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3">
         <v>7410</v>
       </c>
       <c r="H20" s="3">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
@@ -1300,83 +1302,83 @@
         <v>66</v>
       </c>
       <c r="B24" t="s">
         <v>34</v>
       </c>
       <c r="C24">
         <v>44861</v>
       </c>
       <c r="D24" s="3">
         <v>364</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3">
         <v>63</v>
       </c>
       <c r="G24" s="3">
         <v>301</v>
       </c>
       <c r="H24" s="3"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>67</v>
       </c>
       <c r="D25" s="3">
-        <v>679771</v>
+        <v>680087</v>
       </c>
       <c r="E25" s="3">
         <v>548</v>
       </c>
       <c r="F25" s="3">
         <v>630142</v>
       </c>
       <c r="G25" s="3">
         <v>47194</v>
       </c>
       <c r="H25" s="3">
-        <v>1887</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="3">
-        <v>694584</v>
+        <v>694900</v>
       </c>
       <c r="E26" s="3">
         <v>548</v>
       </c>
       <c r="F26" s="3">
         <v>637251</v>
       </c>
       <c r="G26" s="3">
         <v>54898</v>
       </c>
       <c r="H26" s="3">
-        <v>1887</v>
+        <v>2203</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>