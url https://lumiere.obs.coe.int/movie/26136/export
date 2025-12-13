--- v0 (2025-11-19)
+++ v1 (2025-12-13)
@@ -226,105 +226,105 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Transilvania Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Illusioonide meister</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,HK,KR,NL,SG,US</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Iлюзiонiст</t>
   </si>
   <si>
     <t>L'illusionista</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Iluzionista</t>
   </si>
   <si>
     <t>Sihirbaz</t>
   </si>
   <si>
     <t>AR,ES,MX,VE</t>
   </si>
   <si>
     <t>El ilusionista</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Илюзионистът</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Ilusionista</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>L'illusionniste</t>
   </si>
   <si>
     <t>DK,FI,SE</t>
   </si>
   <si>
     <t>Illusionisten</t>
-  </si>
-[...4 lines deleted...]
-    <t>Illusioonide meister</t>
   </si>
   <si>
     <t>Silmänkääntäjä</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O magos Eisenheim</t>
   </si>
   <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Iluzionist</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A mágus</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1590,85 +1590,85 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>70</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B3" t="s">
-        <v>72</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>73</v>
+      </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>79</v>
       </c>
       <c r="B8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>83</v>
       </c>
@@ -1760,51 +1760,51 @@
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>103</v>
       </c>
       <c r="B22" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>105</v>
       </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>90</v>
       </c>
       <c r="B25" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>53</v>
       </c>