--- v0 (2025-12-04)
+++ v1 (2026-01-21)
@@ -88,69 +88,69 @@
   <si>
     <t>https://www.justwatch.com/de/Film/Panna-Nikt</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 1996</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Senhorita Ninguém</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Fräulein Niemand</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Senki kisasszony</t>
+  </si>
+  <si>
     <t>Miss Nobody</t>
-  </si>
-[...16 lines deleted...]
-    <t>Senki kisasszony</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Девочка Никто</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -663,82 +663,82 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>6</v>
+      </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>