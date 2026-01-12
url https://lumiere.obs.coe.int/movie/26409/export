--- v0 (2025-12-21)
+++ v1 (2026-01-12)
@@ -217,66 +217,66 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>New Films</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Niknuma vara 2</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,IT,US</t>
   </si>
   <si>
     <t>Forbandelsen - The Grudge 2</t>
   </si>
   <si>
     <t>Grudge 2- Capcana</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Kletva 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Niknuma vara 2</t>
   </si>
   <si>
     <t>Smrtiaca nenávist'</t>
   </si>
   <si>
     <t>The Grudge 2 - Förbannelsen fortsätter</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>El grito 2</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Гняв 2</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Grito 2</t>
   </si>
@@ -1398,76 +1398,76 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>67</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>70</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>71</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>75</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>77</v>
@@ -1568,51 +1568,51 @@
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>54</v>
       </c>
       <c r="B23" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>55</v>
       </c>
       <c r="B24" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B25" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>63</v>
       </c>
       <c r="B26" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>101</v>
       </c>
       <c r="B27" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>103</v>
       </c>