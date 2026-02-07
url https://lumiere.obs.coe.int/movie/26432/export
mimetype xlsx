--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -130,84 +130,84 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Vision (PL)</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>LNK Audiovisuais</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Alles helt</t>
+  </si>
+  <si>
     <t>AU,GB</t>
   </si>
   <si>
     <t>I Ty mozesz zostac bohaterem</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>El héroe de todos</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Pequeno Herói</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le héros de tout le monde</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Yankee Irving - Kleiner Held ganz groß!</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alles helt</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Meie kangelane</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kaikkien sankari</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Kis nagy hős</t>
   </si>
   <si>
     <t>Íþrótta Hetjan</t>
   </si>
   <si>
     <t>Piccolo grande eroe</t>
   </si>
@@ -942,62 +942,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">