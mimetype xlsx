--- v0 (2025-11-27)
+++ v1 (2026-01-11)
@@ -220,54 +220,54 @@
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Noble Entertainment</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Esrarengiz kadin</t>
+  </si>
+  <si>
     <t>Neznáma</t>
-  </si>
-[...1 lines deleted...]
-    <t>Esrarengiz kadin</t>
   </si>
   <si>
     <t>The Other Woman</t>
   </si>
   <si>
     <t>Η Αγνωστη</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>La desconocida</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Непознатата</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Desconhecida</t>
   </si>
@@ -1512,56 +1512,56 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
-        <v>68</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>72</v>
       </c>
       <c r="B7" t="s">