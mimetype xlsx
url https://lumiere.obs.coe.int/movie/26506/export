--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -259,63 +259,63 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Scanbox/Triangelfilm</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Lumea Noua</t>
+  </si>
+  <si>
+    <t>Naujasis pasaulis</t>
+  </si>
+  <si>
+    <t>Zlote wrota</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Nuevo mundo</t>
-  </si>
-[...7 lines deleted...]
-    <t>Zlote wrota</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Novo Mundo</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La porte d'or</t>
   </si>
   <si>
     <t>DE,FR,GB,US</t>
   </si>
   <si>
     <t>Golden Door</t>
   </si>
   <si>
     <t>Den ny verden</t>
   </si>
   <si>
     <t>Kultainen portti</t>
   </si>
@@ -1708,77 +1708,77 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>81</v>
-      </c>
-[...9 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B5" t="s">
         <v>83</v>
-      </c>
-[...3 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>86</v>
       </c>
       <c r="B7" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>88</v>
       </c>
       <c r="B8" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>90</v>
       </c>