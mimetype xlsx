--- v0 (2025-11-22)
+++ v1 (2025-12-13)
@@ -214,96 +214,96 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Monolith</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Atlantic Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,CA,ES,FI,FR,GB,HU</t>
+  </si>
+  <si>
+    <t>Franske filmer: Molière</t>
+  </si>
+  <si>
+    <t>Las Aventuras Amorosas Del Joven Moliere</t>
+  </si>
+  <si>
+    <t>Le avventure galanti del giovane moliere</t>
+  </si>
+  <si>
+    <t>Moliere</t>
+  </si>
+  <si>
+    <t>Molière ou le comédien malgré lui</t>
+  </si>
+  <si>
+    <t>Молиер</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>As Aventuras de Molière</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Die Liebesabenteuer des Herrn Molière</t>
+  </si>
+  <si>
+    <t>Las aventuras amorosas del joven Molière</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Moliere - rakkaustarina</t>
+  </si>
+  <si>
     <t>GR</t>
   </si>
   <si>
     <t>Molieros</t>
-  </si>
-[...40 lines deleted...]
-    <t>Moliere - rakkaustarina</t>
   </si>
   <si>
     <t>Le avventure galanti del giovane Molière</t>
   </si>
   <si>
     <t>Zakochany Molier</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Мольєр</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>モリエール 恋こそ喜劇</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Мольер</t>
   </si>
@@ -1408,113 +1408,113 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>67</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
         <v>72</v>
-      </c>
-[...3 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>75</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="B12" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>80</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>51</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>58</v>
       </c>