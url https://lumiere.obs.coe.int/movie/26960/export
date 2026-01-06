--- v0 (2025-11-23)
+++ v1 (2026-01-06)
@@ -178,99 +178,99 @@
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Chantier Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>TAXi（4）</t>
+  </si>
+  <si>
     <t>CA,CZ,DE,ES,FR,GB,JP,LV,PL,US</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Таксi 4</t>
   </si>
   <si>
     <t>BG,RS,RU</t>
   </si>
   <si>
     <t>Такси 4</t>
   </si>
   <si>
     <t>DE,FR,HU,PT</t>
   </si>
   <si>
     <t>T4xi</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Takso 4</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>T4axi</t>
   </si>
   <si>
     <t>HR,LT,TR</t>
   </si>
   <si>
     <t>Taksi 4</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Taxxi 4</t>
-  </si>
-[...4 lines deleted...]
-    <t>TAXi（4）</t>
   </si>
   <si>
     <t>Таксі 4</t>
   </si>
   <si>
     <t>Ταξί 4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1116,59 +1116,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>57</v>
       </c>
       <c r="B4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>59</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
@@ -1185,59 +1185,59 @@
       <c r="A8" t="s">
         <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>67</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>69</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>