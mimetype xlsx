--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -232,72 +232,72 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Chantier Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR,CA,FR,GB,HU,US</t>
+  </si>
+  <si>
+    <t>Angel - Mia zoi san oneiro</t>
+  </si>
+  <si>
+    <t>Angel - Ein Leben wie im Traum</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Ángel</t>
+  </si>
+  <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ангел</t>
   </si>
   <si>
     <t>Angel - La vita, il romanzo</t>
-  </si>
-[...13 lines deleted...]
-    <t>Ángel</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>エンジェル</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Angelas</t>
   </si>
   <si>
     <t>Angel - Encanto e Sedução</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Angel Deverell</t>
   </si>
   <si>
     <t>Hennes envisa hjärta</t>
   </si>
@@ -1448,88 +1448,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>72</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="B5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="B6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>80</v>
       </c>
       <c r="B8" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>82</v>
       </c>
       <c r="B9" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>62</v>
       </c>