--- v0 (2025-12-01)
+++ v1 (2026-01-12)
@@ -973,62 +973,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="45.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>50</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
     </row>