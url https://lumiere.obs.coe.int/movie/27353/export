--- v0 (2025-11-19)
+++ v1 (2025-12-10)
@@ -106,99 +106,99 @@
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Manga Films</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>LNK Audiovisuais</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Der Mythos</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>O mythos</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Мiф</t>
   </si>
   <si>
     <t>HK,MX</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>El mito</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Митът</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Mito</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>San Wa</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Mýtus</t>
-  </si>
-[...10 lines deleted...]
-    <t>O mythos</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Time Breaker</t>
   </si>
   <si>
     <t>Titanium Rain</t>
   </si>
   <si>
     <t>Shen hua</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Jackie, a legenda</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>THE MYTH/神話</t>
   </si>
@@ -830,67 +830,67 @@
     <col min="1" max="1" width="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
@@ -963,51 +963,51 @@
       <c r="A17" t="s">
         <v>57</v>
       </c>
       <c r="B17" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>59</v>
       </c>
       <c r="B18" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>61</v>
       </c>
       <c r="B19" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>