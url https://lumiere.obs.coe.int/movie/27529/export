--- v0 (2025-11-14)
+++ v1 (2026-01-15)
@@ -154,66 +154,66 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Sony</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG,RS,SU</t>
+  </si>
+  <si>
+    <t>Тутси</t>
+  </si>
+  <si>
     <t>AR,AT,AU,BR,CA,DE,DK,ES,FI,FR,GB,HR,IT,JP,MX,NL,PL,RO,SE,SI,TR,US</t>
   </si>
   <si>
     <t>Tootsie -lyömätön lyyli</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Тутсi</t>
-  </si>
-[...4 lines deleted...]
-    <t>Тутси</t>
   </si>
   <si>
     <t>Tootsie - lyömätön lyyli</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Aranyoskám</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>トッツィー</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Tutsi</t>
   </si>
   <si>
     <t>PT</t>
   </si>
@@ -1023,64 +1023,64 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="61.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>53</v>
       </c>
@@ -1100,51 +1100,51 @@
       <c r="A9" t="s">
         <v>57</v>
       </c>
       <c r="B9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>59</v>
       </c>
       <c r="B10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>