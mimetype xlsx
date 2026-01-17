--- v0 (2025-11-19)
+++ v1 (2026-01-17)
@@ -106,57 +106,57 @@
   <si>
     <t>Total since 2017</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>20th Century Fox</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,NL,US</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kaybolus</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,GB,NL,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zaginiona bez sladu</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>El rapto</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Spurlos</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Изчезването</t>
   </si>
@@ -847,59 +847,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
@@ -1020,51 +1020,51 @@
       <c r="A21" t="s">
         <v>66</v>
       </c>
       <c r="B21" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>68</v>
       </c>
       <c r="B22" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>73</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>75</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>51</v>
       </c>