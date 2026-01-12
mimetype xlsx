--- v0 (2025-11-29)
+++ v1 (2026-01-12)
@@ -160,57 +160,57 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Solaris Distribution (FR)</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,BR,CA,DE,ES,FI,FR,GB,GR,MX,RO,RS,TR,US</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Ти Ейч Екс 1138</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,BR,CA,DE,ES,FI,FR,GB,GR,MX,RO,RS,TR,US</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>L'uomo che fuggì dal futuro</t>
   </si>
   <si>
     <t>JP,US</t>
   </si>
   <si>
     <t>THX-1138</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>20. Yüzyılın Ötesinde</t>
   </si>
   <si>
     <t>Галактика ТНХ-1138</t>
   </si>
 </sst>
 </file>
 
@@ -1038,59 +1038,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>51</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>