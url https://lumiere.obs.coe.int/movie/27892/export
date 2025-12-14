--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -262,99 +262,99 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Shrek de Derde</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>Shrek al Treilea</t>
+  </si>
+  <si>
+    <t>Shrek kolmas</t>
+  </si>
+  <si>
+    <t>Shrek Kolmas</t>
+  </si>
+  <si>
+    <t>Shrek o Terceiro</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Shrek Treći</t>
+  </si>
+  <si>
+    <t>Shrek tretí</t>
+  </si>
+  <si>
+    <t>Shrek Třetí</t>
+  </si>
+  <si>
+    <t>Shrek Tretji</t>
+  </si>
+  <si>
+    <t>Srek 3</t>
+  </si>
+  <si>
+    <t>Šrekas trečias</t>
+  </si>
+  <si>
+    <t>Srekas treciasis</t>
+  </si>
+  <si>
+    <t>Šreks Trešais</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Šrek treći</t>
-  </si>
-[...43 lines deleted...]
-    <t>Šreks Trešais</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Σρεκ ο τρίτος</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Шрек Третiй</t>
   </si>
   <si>
     <t>Шрек Трети</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Шрэк Третий</t>
   </si>
   <si>
     <t>AU,BE,CA,CH,GB,HK,IE,NZ</t>
   </si>
@@ -1990,152 +1990,152 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B3" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>71</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="B8" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
         <v>90</v>
       </c>
-      <c r="B9" t="s">
+    </row>
+    <row r="10" spans="1:2">
+      <c r="B10" t="s">
         <v>91</v>
-      </c>
-[...6 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="12" spans="1:2">
-      <c r="B12" t="s">
+    <row r="13" spans="1:2">
+      <c r="B13" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="13" spans="1:2">
-[...3 lines deleted...]
-      <c r="B13" t="s">
+    <row r="14" spans="1:2">
+      <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="14" spans="1:2">
-      <c r="B14" t="s">
+    <row r="15" spans="1:2">
+      <c r="B15" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="15" spans="1:2">
-[...3 lines deleted...]
-      <c r="B15" t="s">
+    <row r="16" spans="1:2">
+      <c r="A16" t="s">
         <v>97</v>
       </c>
-    </row>
-    <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>99</v>
       </c>
       <c r="B17" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>101</v>
       </c>
       <c r="B18" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">