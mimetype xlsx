--- v0 (2025-11-20)
+++ v1 (2026-01-03)
@@ -259,153 +259,153 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,ES,GB,IT,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Ari filmi</t>
+  </si>
+  <si>
+    <t>Bee Movie, drôle d'abeille</t>
+  </si>
+  <si>
+    <t>Bites filmas</t>
+  </si>
+  <si>
+    <t>Čebelji Film</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Ong vàng phiêu luu ký</t>
+  </si>
+  <si>
+    <t>Pan Včelka</t>
+  </si>
+  <si>
+    <t>Pán Včielka</t>
+  </si>
+  <si>
+    <t>Par Biti</t>
+  </si>
+  <si>
+    <t>Povestea Unei Albine</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Бi Мувi: Медова змова</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Bee movie, la historia de una abeja</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>История с пчели</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Bee Movie: A História de uma Abelha</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Drôle d'abeille</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>Bee Movie: La Historia de Una Abeja</t>
+  </si>
+  <si>
+    <t>Pan Vcelka</t>
+  </si>
+  <si>
+    <t>Bee Movie - Das Honigkomplott</t>
+  </si>
+  <si>
+    <t>Bee Movie - Det store honningkomplot</t>
+  </si>
+  <si>
+    <t>Mesilase film</t>
+  </si>
+  <si>
+    <t>Mehiläisen elokuva</t>
+  </si>
+  <si>
+    <t>Bee Movie - Drôle d'abeille</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I tainia mias melissas</t>
+  </si>
+  <si>
+    <t>Pčelin film</t>
+  </si>
+  <si>
+    <t>Mézengúz</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>ビー・ムービー</t>
-  </si>
-[...97 lines deleted...]
-    <t>Mézengúz</t>
   </si>
   <si>
     <t>Bitės filmas</t>
   </si>
   <si>
     <t>Par bitēm</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Bee Movie: La historia de una abeja</t>
   </si>
   <si>
     <t>Biefilmen</t>
   </si>
   <si>
     <t>Film o pszczołach</t>
   </si>
   <si>
     <t>A História de uma Abelha</t>
   </si>
   <si>
     <t>Bee Movie: Povestea unei albine</t>
   </si>
@@ -2016,230 +2016,230 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>83</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="B5" t="s">
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="6" spans="1:2">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>86</v>
       </c>
-    </row>
-    <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
+      <c r="B8" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
         <v>92</v>
       </c>
-    </row>
-    <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>94</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>96</v>
       </c>
       <c r="B14" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>98</v>
       </c>
       <c r="B15" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>100</v>
       </c>
       <c r="B16" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>102</v>
       </c>
       <c r="B17" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="B24" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B26" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>62</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>64</v>
       </c>
       <c r="B29" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>118</v>
       </c>
@@ -2283,59 +2283,59 @@
       <c r="A35" t="s">
         <v>124</v>
       </c>
       <c r="B35" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B38" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B39" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>130</v>
       </c>
       <c r="B40" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">