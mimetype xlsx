--- v1 (2026-01-03)
+++ v2 (2026-02-07)
@@ -259,50 +259,53 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Biefilmen</t>
+  </si>
+  <si>
     <t>AU,CA,ES,GB,IT,NL,SE,US</t>
   </si>
   <si>
     <t>Ari filmi</t>
   </si>
   <si>
     <t>Bee Movie, drôle d'abeille</t>
   </si>
   <si>
     <t>Bites filmas</t>
   </si>
   <si>
     <t>Čebelji Film</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Ong vàng phiêu luu ký</t>
   </si>
   <si>
     <t>Pan Včelka</t>
   </si>
   <si>
     <t>Pán Včielka</t>
@@ -374,53 +377,50 @@
     <t>I tainia mias melissas</t>
   </si>
   <si>
     <t>Pčelin film</t>
   </si>
   <si>
     <t>Mézengúz</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ビー・ムービー</t>
   </si>
   <si>
     <t>Bitės filmas</t>
   </si>
   <si>
     <t>Par bitēm</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Bee Movie: La historia de una abeja</t>
-  </si>
-[...1 lines deleted...]
-    <t>Biefilmen</t>
   </si>
   <si>
     <t>Film o pszczołach</t>
   </si>
   <si>
     <t>A História de uma Abelha</t>
   </si>
   <si>
     <t>Bee Movie: Povestea unei albine</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Pčelac Beri Medić</t>
   </si>
   <si>
     <t>Cebelji film</t>
   </si>
   <si>
     <t>Arı Filmi</t>
   </si>
   <si>
     <t>Бі Муві: Медова змова</t>
   </si>
@@ -2013,265 +2013,265 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>78</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
       <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>86</v>
       </c>
-      <c r="B7" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>87</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:2">
-      <c r="A12" t="s">
+      <c r="B12" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="B18" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>70</v>
       </c>
@@ -2283,59 +2283,59 @@
       <c r="A35" t="s">
         <v>124</v>
       </c>
       <c r="B35" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B38" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B39" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>130</v>
       </c>
       <c r="B40" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">