--- v0 (2025-11-27)
+++ v1 (2025-12-19)
@@ -202,126 +202,126 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Стрiлець</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,FI,GB,IT,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Na nišanu</t>
+  </si>
+  <si>
+    <t>Odstrel'ovac</t>
+  </si>
+  <si>
+    <t>Odstrelovac</t>
+  </si>
+  <si>
+    <t>OstreL´ovač</t>
+  </si>
+  <si>
+    <t>Ţintaş</t>
+  </si>
+  <si>
+    <t>AR,CO,MX,VE</t>
+  </si>
+  <si>
+    <t>Tirador</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Снайперист</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Atirador</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Tireur d'élite</t>
+  </si>
+  <si>
+    <t>Odstřelovač</t>
+  </si>
+  <si>
+    <t>Laskur</t>
+  </si>
+  <si>
+    <t>Shooter: El tirador</t>
+  </si>
+  <si>
+    <t>Shooter - takaa-ajettu</t>
+  </si>
+  <si>
+    <t>Shooter, tireur d'élite</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>O ektelestis</t>
+  </si>
+  <si>
     <t>HR</t>
   </si>
   <si>
     <t>Savršena meta</t>
-  </si>
-[...70 lines deleted...]
-    <t>O ektelestis</t>
   </si>
   <si>
     <t>Orvlövész</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ザ・シューター 極大射程</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Double Target</t>
   </si>
   <si>
     <t>LT,LV</t>
   </si>
   <si>
     <t>Snaiperis</t>
   </si>
   <si>
     <t>Snikskytter</t>
   </si>
@@ -1343,165 +1343,165 @@
     <col min="1" max="1" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>62</v>
       </c>
       <c r="B2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>64</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B4" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="B7" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
-[...3 lines deleted...]
-      <c r="B7" t="s">
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
         <v>70</v>
-      </c>
-[...3 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>73</v>
       </c>
       <c r="B10" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>75</v>
       </c>
       <c r="B11" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>77</v>
       </c>
       <c r="B12" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="B18" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>89</v>
       </c>
@@ -1545,59 +1545,59 @@
       <c r="A26" t="s">
         <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B29" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B30" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>102</v>
       </c>
       <c r="B31" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>55</v>
       </c>
       <c r="B32" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>57</v>
       </c>
@@ -1609,51 +1609,51 @@
       <c r="A34" t="s">
         <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>108</v>
       </c>
       <c r="B36" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>111</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">