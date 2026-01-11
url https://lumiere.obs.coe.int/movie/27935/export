--- v0 (2025-12-16)
+++ v1 (2026-01-11)
@@ -202,75 +202,75 @@
   <si>
     <t>United International Pictures/Universal</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>Le royaume</t>
+  </si>
+  <si>
     <t>AU,CA,FI,GB,IT,SE,US</t>
   </si>
   <si>
     <t>Krallik</t>
   </si>
   <si>
     <t>Král'ovstvo</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Королiвство</t>
   </si>
   <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>El reino</t>
-  </si>
-[...4 lines deleted...]
-    <t>Le royaume</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Кралството</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Reino</t>
   </si>
   <si>
     <t>Království</t>
   </si>
   <si>
     <t>Operation: Kingdom</t>
   </si>
   <si>
     <t>Kuningriik</t>
   </si>
   <si>
     <t>La sombra del reino</t>
   </si>
@@ -1326,70 +1326,70 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>59</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>67</v>
       </c>
       <c r="B6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>69</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>71</v>
       </c>
       <c r="B8" t="s">
@@ -1504,51 +1504,51 @@
       <c r="A22" t="s">
         <v>55</v>
       </c>
       <c r="B22" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>92</v>
       </c>
       <c r="B24" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B25" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>95</v>
       </c>
       <c r="B26" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>80</v>
       </c>
       <c r="B27" t="s">
         <v>97</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>