--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -172,78 +172,78 @@
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,SE</t>
+  </si>
+  <si>
+    <t>Love Songs</t>
+  </si>
+  <si>
     <t>Cantecele de Dragoste</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Piosenki o milosci</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Canciones de amor</t>
   </si>
   <si>
     <t>Las canciones de amor</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Canções de Amor</t>
-  </si>
-[...4 lines deleted...]
-    <t>Love Songs</t>
   </si>
   <si>
     <t>Chanson der Liebe</t>
   </si>
   <si>
     <t>Chansons d'amour</t>
   </si>
   <si>
     <t>FR,IT</t>
   </si>
   <si>
     <t>Les chansons d'amour</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Les Chansons d'Amour</t>
   </si>
   <si>
     <t>Ta tragoudia tis agapis</t>
   </si>
   <si>
     <t>HU</t>
   </si>
@@ -1176,86 +1176,86 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>55</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>60</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>37</v>
       </c>
@@ -1283,51 +1283,51 @@
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>69</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>46</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>48</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>76</v>
       </c>