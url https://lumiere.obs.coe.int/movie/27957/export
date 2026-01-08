--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -193,144 +193,144 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ljubljanski Kinematografi</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DK,GB,US</t>
+  </si>
+  <si>
+    <t>A vif</t>
+  </si>
+  <si>
+    <t>Curaj Nebanuit</t>
+  </si>
+  <si>
+    <t>Içindeki yabanci</t>
+  </si>
+  <si>
+    <t>Neustrašna</t>
+  </si>
+  <si>
+    <t>Niet návratu</t>
+  </si>
+  <si>
+    <t>Odwazna</t>
+  </si>
+  <si>
+    <t>AR,CL,MX</t>
+  </si>
+  <si>
+    <t>Valiente</t>
+  </si>
+  <si>
+    <t>BE,FR</t>
+  </si>
+  <si>
+    <t>À vif</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Другата в мен</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Valente</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'épreuve du courage</t>
+  </si>
+  <si>
+    <t>Mé druhé já</t>
+  </si>
+  <si>
+    <t>Die Fremde in dir</t>
+  </si>
+  <si>
+    <t>Üks vapper naine</t>
+  </si>
+  <si>
+    <t>La extraña que hay en ti</t>
+  </si>
+  <si>
+    <t>Stranger in You</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Ektos eaftou</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Neustrašiva</t>
+  </si>
+  <si>
+    <t>A másik én</t>
+  </si>
+  <si>
+    <t>Il buio nell'anima</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
+    <t>Brave One</t>
+  </si>
+  <si>
+    <t>ブレイブ ワン</t>
+  </si>
+  <si>
     <t>Bureibu wan</t>
-  </si>
-[...88 lines deleted...]
-    <t>ブレイブ ワン</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Nepalaužiama drąsa</t>
   </si>
   <si>
     <t>Svešinieks tevī</t>
   </si>
   <si>
     <t>Odważna</t>
   </si>
   <si>
     <t>A Estranha em Mim</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Неустрашива</t>
   </si>
   <si>
     <t>Neustrasna</t>
   </si>
@@ -1405,220 +1405,220 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>59</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>60</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B5" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="B5" t="s">
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>63</v>
-      </c>
-[...6 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
         <v>65</v>
-      </c>
-[...3 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>68</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>70</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>72</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>74</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>87</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>91</v>
       </c>
       <c r="B26" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>47</v>
       </c>
@@ -1654,51 +1654,51 @@
       <c r="A32" t="s">
         <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>100</v>
       </c>
       <c r="B33" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>102</v>
       </c>
       <c r="B34" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>45</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>51</v>
       </c>
       <c r="B37" t="s">
         <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>