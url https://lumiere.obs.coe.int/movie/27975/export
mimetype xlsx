--- v0 (2025-11-13)
+++ v1 (2026-01-14)
@@ -154,60 +154,60 @@
   <si>
     <t>Budapestfilm</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Officine UBU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Pocalunki?</t>
+  </si>
+  <si>
     <t>CA,FR,SG</t>
   </si>
   <si>
     <t>Besame Por Favor</t>
-  </si>
-[...4 lines deleted...]
-    <t>Pocalunki?</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Só um Beijo por Favor</t>
   </si>
   <si>
     <t>CA,IT,SE</t>
   </si>
   <si>
     <t>Shall We Kiss?</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Polibek, prosím</t>
   </si>
   <si>
     <t>Küss mich bitte!</t>
   </si>
   <si>
     <t>Csak egy csók</t>
   </si>
@@ -1005,62 +1005,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
@@ -1079,51 +1079,51 @@
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>