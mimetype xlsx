--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -199,117 +199,117 @@
   <si>
     <t>Media Pro Pictures</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Цветният воал</t>
+  </si>
+  <si>
+    <t>AR,CL,MX,VE</t>
+  </si>
+  <si>
+    <t>Al otro lado del mundo</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Despertar de uma Paixão</t>
+  </si>
+  <si>
+    <t>Duvak</t>
+  </si>
+  <si>
+    <t>Krāsainais plīvurs</t>
+  </si>
+  <si>
+    <t>HR,RS</t>
+  </si>
+  <si>
+    <t>Oslikani veo</t>
+  </si>
+  <si>
+    <t>AU,GB,NL,US</t>
+  </si>
+  <si>
+    <t>Barevný závoj</t>
+  </si>
+  <si>
+    <t>Farebný závoj</t>
+  </si>
+  <si>
+    <t>Kärlekens slöja</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>Mian sha</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Der bunte Schleier</t>
+  </si>
+  <si>
+    <t>Kærlighedens slør</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Petlik pealispind</t>
+  </si>
+  <si>
+    <t>El velo pintado</t>
+  </si>
+  <si>
     <t>Kirjava huntu</t>
-  </si>
-[...64 lines deleted...]
-    <t>El velo pintado</t>
   </si>
   <si>
     <t>Le voile des illusions</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Vammeno peplo</t>
   </si>
   <si>
     <t>Színes fátyol</t>
   </si>
   <si>
     <t>Falin ásýnd</t>
   </si>
   <si>
     <t>Il velo dipinto</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Nutapyta</t>
   </si>
@@ -1310,165 +1310,165 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
+      <c r="B9" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>54</v>
+      </c>
       <c r="B11" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>41</v>
       </c>