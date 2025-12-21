--- v0 (2025-11-25)
+++ v1 (2025-12-21)
@@ -154,69 +154,69 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Garota 6</t>
+  </si>
+  <si>
     <t>AR,AU,DK,ES,FR,GB,US</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Djevojka broj 6</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Момиче No. 6</t>
-  </si>
-[...4 lines deleted...]
-    <t>Garota 6</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Tyttö numero 6</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Roz tilefona</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Girl 6 - A hatodik hang</t>
   </si>
   <si>
     <t>Girl 6 - Sesso in linea</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1061,59 +1061,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>49</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>