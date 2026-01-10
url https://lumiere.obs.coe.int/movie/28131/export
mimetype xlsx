--- v0 (2025-11-20)
+++ v1 (2026-01-10)
@@ -112,81 +112,81 @@
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Paramount</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Мъртвешка тишина</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,IT,NL,SE,SG,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Mrtva tišina</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ölüm Sessizligi</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El silencio de la muerte</t>
   </si>
   <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>El títere</t>
-  </si>
-[...4 lines deleted...]
-    <t>Мъртвешка тишина</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Gritos Mortais</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Silence de mort</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Dead Silence - Ein Wort und du bist tot</t>
   </si>
   <si>
     <t>Dead Silence: Ein Wort. Und du bist tot.</t>
   </si>
   <si>
     <t>Silencio desde el mal</t>
   </si>
@@ -869,59 +869,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
@@ -1018,59 +1018,59 @@
       <c r="A18" t="s">
         <v>61</v>
       </c>
       <c r="B18" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>63</v>
       </c>
       <c r="B19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>65</v>
       </c>
       <c r="B20" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>71</v>
       </c>