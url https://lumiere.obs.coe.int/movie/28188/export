--- v0 (2025-12-18)
+++ v1 (2026-01-09)
@@ -265,87 +265,87 @@
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Sirotcinec</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,IT,NL,NO,SG,US</t>
+  </si>
+  <si>
+    <t>The Orphanage</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Sirotčinec</t>
   </si>
   <si>
     <t>Sirotišnica</t>
   </si>
   <si>
     <t>Sirotiste</t>
   </si>
   <si>
     <t>To orfanotrofeio</t>
   </si>
   <si>
     <t>Árvaház</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Сиропиталището</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Orfanato</t>
-  </si>
-[...7 lines deleted...]
-    <t>Sirotcinec</t>
   </si>
   <si>
     <t>Das Waisenhaus</t>
   </si>
   <si>
     <t>Børnehjemmet</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Orbudekodu</t>
   </si>
   <si>
     <t>L'orfenat</t>
   </si>
   <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>El orfanato</t>
   </si>
   <si>
     <t>FI,SE</t>
   </si>
@@ -1817,114 +1817,114 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
         <v>83</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
-      </c>
-[...8 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="B8" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>98</v>
       </c>