--- v0 (2025-12-06)
+++ v1 (2026-01-19)
@@ -193,159 +193,159 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>35 mm (TR)</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>Asa Vreau Eu</t>
+  </si>
+  <si>
+    <t>A wlasnie, ze tak!</t>
+  </si>
+  <si>
+    <t>Ben sana söylemistim</t>
+  </si>
+  <si>
+    <t>Perche' te lo dice mamma</t>
+  </si>
+  <si>
+    <t>Poroka bo ... in pika</t>
+  </si>
+  <si>
+    <t>Porque Lo Digo yo</t>
+  </si>
+  <si>
+    <t>Vydáš sa a basta</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Porque lo digo yo!</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Minha Mãe quer que Eu Case</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Cherche homme parfait</t>
+  </si>
+  <si>
+    <t>Vdás se, a basta!</t>
+  </si>
+  <si>
+    <t>Vdáš se, a basta!</t>
+  </si>
+  <si>
+    <t>Von Frau zu Frau</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Sest ma ütlesin nii</t>
+  </si>
+  <si>
+    <t>¡Porque lo digo yo!</t>
+  </si>
+  <si>
+    <t>Sekavia suhteita</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>A la recherche de l'homme parfait</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I mana ehei panta dikio</t>
+  </si>
+  <si>
+    <t>Férjhez mész - Mert azt mondtam</t>
+  </si>
+  <si>
+    <t>Mert azt mondtam</t>
+  </si>
+  <si>
+    <t>Perché te lo dice mamma</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>恋とスフレと娘とわたし</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Nes aš taip pasakiau</t>
+  </si>
+  <si>
+    <t>Jo es tā teicu</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>¡Porque Lo Digo Yo!</t>
+  </si>
+  <si>
+    <t>A właśnie, że tak!</t>
+  </si>
+  <si>
     <t>Porque Sim!</t>
-  </si>
-[...106 lines deleted...]
-    <t>A właśnie, że tak!</t>
   </si>
   <si>
     <t>Aşa vreau eu!</t>
   </si>
   <si>
     <t>Tre systrar &amp; en mamma</t>
   </si>
   <si>
     <t>Ohcet bo... In pika!</t>
   </si>
   <si>
     <t>Vydáš sa a basta!</t>
   </si>
   <si>
     <t>Ben sana söylemiştim</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Потому что я так хочу</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -1287,252 +1287,252 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>60</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:2">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="B24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B25" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="B27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>52</v>
       </c>
@@ -1552,51 +1552,51 @@
       <c r="A34" t="s">
         <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>101</v>
       </c>
       <c r="B35" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>103</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>