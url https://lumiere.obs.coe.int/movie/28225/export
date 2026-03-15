--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -103,99 +103,99 @@
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>3L Filmverleih</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>35 mm (TR)</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Cevapsiz arama 3</t>
+  </si>
+  <si>
+    <t>One Missed Call Final</t>
+  </si>
+  <si>
+    <t>着信アリ Final</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Llamada perdida final</t>
+  </si>
+  <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>One Missed Call 3: Final</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Ett ubesvart anrop 3: Finalen</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Nieodebrane połączenie 3</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Uma Chamada Perdida - A Vingança</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>One Missed Call 3 - Final</t>
+  </si>
+  <si>
     <t>SG</t>
   </si>
   <si>
     <t>Final Call</t>
-  </si>
-[...43 lines deleted...]
-    <t>One Missed Call 3 - Final</t>
   </si>
   <si>
     <t>Cevapsız arama 3</t>
   </si>
   <si>
     <t>One Missed Call: Final</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Последний пропущенный звонок</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>The Call 3 - Final</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>The call - Final</t>
   </si>
@@ -761,78 +761,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
         <v>29</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...8 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" t="s">
         <v>31</v>
-      </c>
-[...3 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>38</v>
       </c>