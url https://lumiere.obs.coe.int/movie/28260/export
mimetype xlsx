--- v0 (2025-11-23)
+++ v1 (2026-01-11)
@@ -166,78 +166,78 @@
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kenda</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>CL,ES</t>
   </si>
   <si>
     <t>Huevo</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Vejce</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Avgo</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Jaje</t>
+  </si>
+  <si>
     <t>DE</t>
   </si>
   <si>
     <t>Ei</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Muna</t>
   </si>
   <si>
     <t>GB,NO,SE,US</t>
   </si>
   <si>
     <t>Egg</t>
-  </si>
-[...10 lines deleted...]
-    <t>Jaje</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Яйце</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Ovo</t>
   </si>
   <si>
     <t>A tojás</t>
   </si>
   <si>
     <t>Jumurta</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>卵</t>
   </si>
@@ -1143,51 +1143,51 @@
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>73</v>
       </c>
       <c r="B19" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">