--- v0 (2025-12-08)
+++ v1 (2026-01-17)
@@ -235,105 +235,105 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>UNP</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,KR,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Klo 3:10 lähtö Yumaan</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Traukinys i Jumą</t>
+  </si>
+  <si>
+    <t>Vilciens uz Jumu</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>El tren de las 3:10 a Yuma</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Todeszug nach Yuma</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Ескорт до затвора</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Indomáveis</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>3:10 pour Yuma</t>
+  </si>
+  <si>
+    <t>CZ,SK</t>
+  </si>
+  <si>
+    <t>3:10 vlak do Yumy</t>
+  </si>
+  <si>
+    <t>3:10 til Yuma</t>
+  </si>
+  <si>
     <t>3:10 Yumasse</t>
-  </si>
-[...52 lines deleted...]
-    <t>3:10 til Yuma</t>
   </si>
   <si>
     <t>El tren de las 3:10</t>
   </si>
   <si>
     <t>El tren de las 3:10 de James Mangold</t>
   </si>
   <si>
     <t>Kello 15:10 lähtö Yumaan</t>
   </si>
   <si>
     <t>Klo 15:10 lähtö Yumaan</t>
   </si>
   <si>
     <t>3h10 pour Yuma</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Teleftaio treno gia ti Yuma</t>
   </si>
   <si>
     <t>HR</t>
   </si>
@@ -1695,136 +1695,136 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>74</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>75</v>
+      </c>
       <c r="B4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>46</v>
       </c>
@@ -1868,51 +1868,51 @@
       <c r="A21" t="s">
         <v>101</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B24" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>59</v>
       </c>