--- v0 (2025-12-04)
+++ v1 (2026-01-13)
@@ -103,54 +103,54 @@
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Paradiso Entertainment</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Mediafilm</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>A tutto volume</t>
+  </si>
+  <si>
     <t>GB,IT,JP,US</t>
-  </si>
-[...1 lines deleted...]
-    <t>A tutto volume</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Feel the Music</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Niose to rythmo</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Érezd a ritmust!</t>
   </si>
   <si>
     <t>Feel the noise - A tutto volume</t>
   </si>
   <si>
     <t>PT</t>
   </si>
@@ -730,60 +730,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>29</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>31</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>