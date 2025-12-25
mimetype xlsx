--- v0 (2025-11-26)
+++ v1 (2025-12-25)
@@ -259,138 +259,138 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Chantier Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Ďáblova dílna</t>
+  </si>
+  <si>
+    <t>Falsifikator</t>
+  </si>
+  <si>
+    <t>Falszerze</t>
+  </si>
+  <si>
+    <t>Förfalskarna</t>
+  </si>
+  <si>
+    <t>Os Falsarios</t>
+  </si>
+  <si>
+    <t>Ponarejevalci</t>
+  </si>
+  <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>Los falsificadores</t>
+  </si>
+  <si>
+    <t>Der Fälscher</t>
+  </si>
+  <si>
+    <t>BE,FR</t>
+  </si>
+  <si>
+    <t>Les faussaires</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Фалшификаторите</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Falsários</t>
+  </si>
+  <si>
+    <t>CA,GB</t>
+  </si>
+  <si>
+    <t>The Counterfeiters</t>
+  </si>
+  <si>
+    <t>Dáblova dílna</t>
+  </si>
+  <si>
+    <t>Forfalskerne</t>
+  </si>
+  <si>
+    <t>Förfalskaren</t>
+  </si>
+  <si>
+    <t>Väärentäjä</t>
+  </si>
+  <si>
+    <t>Paraharaktes</t>
+  </si>
+  <si>
+    <t>Krivotvoritelji</t>
+  </si>
+  <si>
+    <t>Pénzhamisítók</t>
+  </si>
+  <si>
+    <t>Il falsario - Operazione Bernhard</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ヒトラーの贋札</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Klastotojai</t>
-  </si>
-[...82 lines deleted...]
-    <t>ヒトラーの贋札</t>
   </si>
   <si>
     <t>Falskmyntnerne i Sachsenhausen</t>
   </si>
   <si>
     <t>Fałszerze</t>
   </si>
   <si>
     <t>Os Falsificadores</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Falsificatorii de bani</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Falsifikatori</t>
   </si>
   <si>
     <t>Falskmyntarna</t>
   </si>
@@ -1871,201 +1871,201 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>82</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B5" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="B5" t="s">
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>85</v>
-      </c>
-[...6 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
         <v>88</v>
       </c>
-    </row>
-    <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>93</v>
       </c>
       <c r="B12" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>95</v>
       </c>
       <c r="B13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>97</v>
       </c>
       <c r="B14" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>49</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B21" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="B23" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>66</v>
       </c>
       <c r="B25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>67</v>
       </c>