--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -220,84 +220,84 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cenex</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Saturn Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Caspian Herceg</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Хронiки Нарнii: Принц Каспiан</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Biên niên su Narnia: Hoàng tu Caspian</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Las crónicas de Narnia - El príncipe Caspian</t>
   </si>
   <si>
     <t>Le monde de Narnia: chapitre 2 - Le prince Caspian</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Les chroniques de Narnia: Prince Caspian</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Letopisi Narnije - Princ Kaspijan</t>
-  </si>
-[...1 lines deleted...]
-    <t>Caspian Herceg</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Хрониките на Нарния: Принц Каспиян</t>
   </si>
   <si>
     <t>AU,CA,GB,HK,KR,SG,US</t>
   </si>
   <si>
     <t>Les Chroniques De Narnia: Le Prince Caspian</t>
   </si>
   <si>
     <t>De Kronieken van Narnia: Prins Caspian</t>
   </si>
   <si>
     <t>Narnia Günlükleri: Prens Kaspiyan</t>
   </si>
   <si>
     <t>Berättelsen om Narnia - Prins Caspian</t>
   </si>
   <si>
     <t>Cronicile Din Narnia:Printul Caspian</t>
   </si>
@@ -1554,121 +1554,121 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B7" t="s">
         <v>77</v>
       </c>
-      <c r="B7" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>78</v>
       </c>
-    </row>
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>80</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>82</v>
       </c>
       <c r="B10" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>64</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
         <v>86</v>
       </c>
@@ -1845,51 +1845,51 @@
       <c r="A39" t="s">
         <v>53</v>
       </c>
       <c r="B39" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>55</v>
       </c>
       <c r="B40" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>57</v>
       </c>
       <c r="B41" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B42" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>59</v>
       </c>
       <c r="B43" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>60</v>
       </c>
       <c r="B44" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>62</v>
       </c>
@@ -1914,51 +1914,51 @@
       <c r="A48" t="s">
         <v>126</v>
       </c>
       <c r="B48" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>107</v>
       </c>
       <c r="B49" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>129</v>
       </c>
       <c r="B50" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B51" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>