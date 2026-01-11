--- v0 (2025-12-16)
+++ v1 (2026-01-11)
@@ -88,78 +88,78 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Film Europe</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR,DE,DK,ES,GB,PL,US</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Мадам ДюБари</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Madame Dubarry - Kuninkaan jalkavaimo</t>
+  </si>
+  <si>
     <t>FR</t>
   </si>
   <si>
     <t>La Du Barry</t>
   </si>
   <si>
+    <t>Madame du Barry</t>
+  </si>
+  <si>
     <t>FR,US</t>
   </si>
   <si>
     <t>Passion</t>
-  </si>
-[...16 lines deleted...]
-    <t>Madame Dubarry - Kuninkaan jalkavaimo</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Madame Dubarry</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>パッション（1919）</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Kungens Mätress</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Мадам ДюБарри</t>
   </si>
@@ -688,80 +688,80 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>36</v>
       </c>