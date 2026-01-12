--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -811,60 +811,60 @@
       <c r="C2">
         <v>45247</v>
       </c>
       <c r="D2" s="3">
         <v>8389</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>8151</v>
       </c>
       <c r="G2" s="3">
         <v>238</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>45056</v>
       </c>
       <c r="D3" s="3">
-        <v>41031</v>
+        <v>41879</v>
       </c>
       <c r="E3" s="3">
         <v>391</v>
       </c>
       <c r="F3" s="3">
         <v>39934</v>
       </c>
       <c r="G3" s="3">
-        <v>706</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
         <v>45035</v>
       </c>
       <c r="D4" s="3">
         <v>7395</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>5600</v>
       </c>
       <c r="G4" s="3">
         <v>1795</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
@@ -987,57 +987,59 @@
       </c>
       <c r="D10" s="3">
         <v>39714</v>
       </c>
       <c r="E10" s="3">
         <v>31060</v>
       </c>
       <c r="F10" s="3">
         <v>8068</v>
       </c>
       <c r="G10" s="3">
         <v>586</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11">
         <v>44987</v>
       </c>
       <c r="D11" s="3">
-        <v>6415</v>
+        <v>6837</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>6415</v>
       </c>
-      <c r="G11" s="3"/>
+      <c r="G11" s="3">
+        <v>422</v>
+      </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
       <c r="C12">
         <v>45001</v>
       </c>
       <c r="D12" s="3">
         <v>13578</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3">
         <v>13371</v>
       </c>
       <c r="G12" s="3">
         <v>207</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>6</v>
@@ -1130,57 +1132,59 @@
         <v>51</v>
       </c>
       <c r="C17">
         <v>45002</v>
       </c>
       <c r="D17" s="3">
         <v>22426</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>22426</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18">
         <v>45170</v>
       </c>
       <c r="D18" s="3">
-        <v>22017</v>
+        <v>25036</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3">
         <v>22017</v>
       </c>
-      <c r="G18" s="3"/>
+      <c r="G18" s="3">
+        <v>3019</v>
+      </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19">
         <v>45085</v>
       </c>
       <c r="D19" s="3">
         <v>4193</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>4193</v>
       </c>
       <c r="G19" s="3"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
@@ -1242,77 +1246,77 @@
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>63</v>
       </c>
       <c r="C23">
         <v>44995</v>
       </c>
       <c r="D23" s="3">
         <v>4252</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
         <v>4252</v>
       </c>
       <c r="G23" s="3"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>64</v>
       </c>
       <c r="D24" s="3">
-        <v>823208</v>
+        <v>827497</v>
       </c>
       <c r="E24" s="3">
         <v>123138</v>
       </c>
       <c r="F24" s="3">
         <v>637555</v>
       </c>
       <c r="G24" s="3">
-        <v>62515</v>
+        <v>66804</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="3">
-        <v>857281</v>
+        <v>861570</v>
       </c>
       <c r="E25" s="3">
         <v>123138</v>
       </c>
       <c r="F25" s="3">
         <v>669833</v>
       </c>
       <c r="G25" s="3">
-        <v>64310</v>
+        <v>68599</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>